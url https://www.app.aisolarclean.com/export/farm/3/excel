--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -484,48 +484,48 @@
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>23.0</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Active Locations</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Export Date</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>2026-03-07 20:25:55</t>
+          <t>2026-03-07 21:34:42</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>